--- v0 (2025-10-15)
+++ v1 (2025-11-05)
@@ -1,66 +1,66 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28129"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="V:\Adviseur organisatieontwikkeling\MAGDA Documentendienst Stad\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://lobeturnhout-my.sharepoint.com/personal/bart_smets_turnhout_be/Documents/Documents/Adviseur organisatieontwikkeling/7_MAGDA/MAGDA Documentendienst Stad/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{5CB61B4F-4FB5-4236-81DC-3AA7A8142DE4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{523C7FA5-A8A8-448A-9AE6-17D53779F6AF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="26" uniqueCount="24">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="27" uniqueCount="25">
   <si>
     <t>Organisatie</t>
   </si>
   <si>
     <t>Aanspreking</t>
   </si>
   <si>
     <t>Voornaam</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Adreslijn1</t>
   </si>
   <si>
     <t>Adreslijn2</t>
   </si>
   <si>
     <t>Postcode</t>
   </si>
   <si>
     <t>Gemeente</t>
   </si>
   <si>
@@ -88,50 +88,53 @@
     <t>Havenlaan 88</t>
   </si>
   <si>
     <t>Brussel</t>
   </si>
   <si>
     <t>Jan</t>
   </si>
   <si>
     <t>Janssens</t>
   </si>
   <si>
     <t>An</t>
   </si>
   <si>
     <t>Mevr.</t>
   </si>
   <si>
     <t>Koningin Maria Hendrikaplein 70</t>
   </si>
   <si>
     <t>Gent</t>
   </si>
   <si>
     <t>Uw referentie</t>
+  </si>
+  <si>
+    <t>VCode</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
@@ -447,178 +450,183 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:M4"/>
+  <dimension ref="A1:N4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="M5" sqref="M5"/>
+      <selection activeCell="M4" sqref="M4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="21.5546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="12" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="10.109375" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="8.6640625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="8.77734375" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="30.44140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="10" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="9.109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="10.5546875" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="6" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="5.109375" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="12" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="22.109375" bestFit="1" customWidth="1"/>
-    <col min="13" max="13" width="13.6640625" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="22.109375" customWidth="1"/>
+    <col min="14" max="14" width="13.77734375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:14" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="1" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="M1" s="2" t="s">
+      <c r="M1" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="N1" s="2" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="2" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:14" x14ac:dyDescent="0.3">
       <c r="K2">
         <v>12345612345</v>
       </c>
     </row>
-    <row r="3" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:14" x14ac:dyDescent="0.3">
       <c r="B3" t="s">
         <v>20</v>
       </c>
       <c r="C3" t="s">
         <v>19</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>21</v>
       </c>
       <c r="G3">
         <v>9000</v>
       </c>
       <c r="H3" t="s">
         <v>22</v>
       </c>
       <c r="J3" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="4" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:14" x14ac:dyDescent="0.3">
       <c r="A4" t="s">
         <v>14</v>
       </c>
       <c r="B4" t="s">
         <v>12</v>
       </c>
       <c r="C4" t="s">
         <v>17</v>
       </c>
       <c r="D4" t="s">
         <v>18</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="G4">
         <v>1000</v>
       </c>
       <c r="H4" t="s">
         <v>16</v>
       </c>
       <c r="J4" t="s">
         <v>13</v>
       </c>
       <c r="K4">
         <v>23456723456</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Werkbladen</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 